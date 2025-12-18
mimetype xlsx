--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64534f27fa34c05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra326fc07764d4d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f8fca962534f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8196991eb649487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982b5fb8dd694178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f8fca962534f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e57904b1da4427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8196991eb649487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>92,645</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,645</x:t>
-[...512 lines deleted...]
-          <x:t>92,915</x:t>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>