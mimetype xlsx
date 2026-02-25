--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra326fc07764d4d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78482f10767c41fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8196991eb649487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7332eafbf4654792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e57904b1da4427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8196991eb649487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96147e9b5d90484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7332eafbf4654792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>92,680</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>92,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>