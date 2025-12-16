--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a6868990314f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65cf94eaa294344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0c3a88c033451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re329943c4c6b41ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99631a22b7b242cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0c3a88c033451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1592581d5d9046c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re329943c4c6b41ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMI ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0008899764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,168</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>