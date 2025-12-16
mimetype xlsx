--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5696dfc1494bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a69d52a0b241cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95e2907c6a741fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re32c9924de0543d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37a7378498734c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95e2907c6a741fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595fc42a72d44420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re32c9924de0543d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,301</x:t>
-[...495 lines deleted...]
-          <x:t>75,126</x:t>
+          <x:t>75,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>