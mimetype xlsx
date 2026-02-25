--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a69d52a0b241cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5e39ee585784412" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re32c9924de0543d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ee4375eb4404606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595fc42a72d44420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re32c9924de0543d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd48491b2ab954d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ee4375eb4404606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>75,153</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,820</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>75,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,752</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>74,804</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>