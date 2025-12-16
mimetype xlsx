--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027af4cd80484d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe83351a1e054814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda2574fad13641f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8326fc97584436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5119e175aece4a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda2574fad13641f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059a61daf8564a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8326fc97584436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 7-15 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>107,045</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,783</x:t>
-[...220 lines deleted...]
-          <x:t>106,705</x:t>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>