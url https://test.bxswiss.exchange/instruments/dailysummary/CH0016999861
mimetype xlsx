--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe83351a1e054814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83aa8f1bbb048d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8326fc97584436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48b98d8cf9949b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059a61daf8564a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8326fc97584436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5388d59b05cd4d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48b98d8cf9949b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 7-15 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>