--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1171294c3a2843a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2018f58c694547b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fbc1c6ae362472f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf434514f3a04b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8be6c26e2114b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fbc1c6ae362472f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb585ed4bfc04018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf434514f3a04b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Migros Bank (CH) Fonds - SwissStock AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0023406587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>175,140</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>176,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>173,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>