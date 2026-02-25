--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2018f58c694547b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa48d32f89cc46ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf434514f3a04b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4d53ce27f14693"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb585ed4bfc04018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf434514f3a04b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf89303c98b734728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4d53ce27f14693" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Migros Bank (CH) Fonds - SwissStock AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0023406587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>180,990</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,250</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>