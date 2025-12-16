--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ceec5f0c6744e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd343fea9204615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb88250e2b554ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e22ca9ba90405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c02c9b434a4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb88250e2b554ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8630be0f0e524dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e22ca9ba90405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SLI ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0031768937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>212,025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>