--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd343fea9204615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d4443c1d6142c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e22ca9ba90405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda60b71af3e9435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8630be0f0e524dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e22ca9ba90405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24053bf5145e4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda60b71af3e9435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SLI ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0031768937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>