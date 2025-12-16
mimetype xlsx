--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e50347d8cd640a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff36277125a42d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aafb936d7254680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12880e5296c04f81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62de09c06e094b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aafb936d7254680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7f7948c6ac4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12880e5296c04f81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,080</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>