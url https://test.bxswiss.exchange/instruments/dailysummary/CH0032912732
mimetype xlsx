--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff36277125a42d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fa3114cd1a4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12880e5296c04f81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e58c4d450e4f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7f7948c6ac4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12880e5296c04f81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3339fd9118e44c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e58c4d450e4f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>