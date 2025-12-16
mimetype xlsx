--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9905c7781b643bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097fa8585746430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f0e162bf544db0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f1c3f110e3842da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a8a848900184c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f0e162bf544db0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75e5e2b848cf47e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f1c3f110e3842da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.877,288</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.085,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.088,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.961,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.020,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.004,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.017,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.974,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.046,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.973,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.031,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.038,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.059,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.052,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.087,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.023,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.070,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.088,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.051,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.084,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.121,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.135,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.162,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.199,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.155,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.173,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.173,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.145,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.130,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.150,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.161,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.191,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.166,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.172,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.139,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.160,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.173,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.167,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.163,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.123,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.131,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.159,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.226,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.166,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.181,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.222,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.231,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.181,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.184,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>