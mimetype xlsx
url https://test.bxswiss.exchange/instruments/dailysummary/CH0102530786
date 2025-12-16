--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772b7780e5304e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68aaa12ebec04cf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31fb469b2a5044e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8546a488107e4486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1182a6659ff741b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31fb469b2a5044e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f44b244c29c4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8546a488107e4486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,017</x:t>
+          <x:t>63,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,956</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>64,038</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>