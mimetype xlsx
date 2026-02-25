--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68aaa12ebec04cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2d853f1b924a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8546a488107e4486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2196ac74bab4f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f44b244c29c4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8546a488107e4486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f48cb6af238454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2196ac74bab4f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>63,927</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,980</x:t>
-[...232 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,014</x:t>
-[...279 lines deleted...]
-          <x:t>63,872</x:t>
+          <x:t>63,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>