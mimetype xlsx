--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7444d1624743dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bbed5598024fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R558e1053c8f04eac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66619f306ec4c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1170cd74ee114ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R558e1053c8f04eac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f07de9a06a42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66619f306ec4c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0103326762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.803,827</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.971,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.991,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>