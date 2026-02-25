--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bbed5598024fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312e748c725542ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66619f306ec4c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5a4a7024154981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f07de9a06a42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66619f306ec4c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f28320e9654b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5a4a7024154981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0103326762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.009,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.020,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.989,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.991,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.002,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.003,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.994,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.034,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.052,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.065,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.056,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.078,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.126,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.122,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.138,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.146,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.130,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>