--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0915471ea8f423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b66b8abb8148cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b05413a833472c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a446a53d0344b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree565525858949d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b05413a833472c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31fc6c5f00d6485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a446a53d0344b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold CHF hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,790</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>