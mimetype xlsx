--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b66b8abb8148cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb008456def954f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a446a53d0344b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R036997f142c54b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31fc6c5f00d6485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a446a53d0344b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02cee11fdc342f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R036997f142c54b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold CHF hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>