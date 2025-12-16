--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5d43b4976e4cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra423034ad7f449d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d3ce2c18e84e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1663cd4dd5e347f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd98cb760e2471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d3ce2c18e84e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfd1f7397704a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1663cd4dd5e347f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold EUR hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>