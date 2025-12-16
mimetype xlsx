--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3305f0b904554641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbaf0ab9d5d64c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a81690a1be4a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea35855fcefa44d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9778470100c406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a81690a1be4a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdef17f56d4704ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea35855fcefa44d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,540</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>