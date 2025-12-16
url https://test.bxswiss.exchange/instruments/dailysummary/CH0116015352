--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R731abf7139844663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb4312b47ee4c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44f7a60ada0421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd083781a821849b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b47b43ab1fe4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44f7a60ada0421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70e505be5f1a4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd083781a821849b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS CH Fund Solutions - CMCI Oil SF ETF CHF A-Dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0116015352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>36,878</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>