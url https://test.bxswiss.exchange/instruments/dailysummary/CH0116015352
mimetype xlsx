--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb4312b47ee4c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ac0eee14de143fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd083781a821849b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e93c33de88f4f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70e505be5f1a4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd083781a821849b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd29ab7eb88434171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e93c33de88f4f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS CH Fund Solutions - CMCI Oil SF ETF CHF A-Dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0116015352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>