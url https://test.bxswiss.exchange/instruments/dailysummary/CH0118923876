--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97057fcd37f045f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3248232945294560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9299019094624805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66829c878ab43e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eba849277494d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9299019094624805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08cd6eeea3d405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66829c878ab43e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>70,810</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,738</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>71,068</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>