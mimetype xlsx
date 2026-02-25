--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3248232945294560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e6865592044040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66829c878ab43e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3ee3a533194ebe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08cd6eeea3d405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66829c878ab43e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755005b328264bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3ee3a533194ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,279</x:t>
-[...279 lines deleted...]
-          <x:t>70,684</x:t>
+          <x:t>70,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>