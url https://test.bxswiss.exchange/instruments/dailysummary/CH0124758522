--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e091563e30438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b4701fc53f4062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e6dbc456fc4024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7036de96ada4e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R904e99e4b5014d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e6dbc456fc4024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a84ea16c564d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7036de96ada4e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SXI Real Estate (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0124758522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>39,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,780</x:t>
-[...571 lines deleted...]
-          <x:t>38,321</x:t>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>