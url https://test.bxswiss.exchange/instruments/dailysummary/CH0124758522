--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b4701fc53f4062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142c89fbec6a474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7036de96ada4e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c990fcc898b49b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a84ea16c564d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7036de96ada4e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8445c219ecae4515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c990fcc898b49b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SXI Real Estate (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0124758522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>