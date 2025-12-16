--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6773207d68884c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e631f7219f24f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2b8daf88144b9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14bac4b19ad4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43d78ef563ce45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2b8daf88144b9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc607b011df4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14bac4b19ad4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI Mid (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0130595124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>120,514</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>120,770</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>117,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>