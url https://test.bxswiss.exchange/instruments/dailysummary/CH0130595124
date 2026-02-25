--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e631f7219f24f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9464c4dc883e4593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14bac4b19ad4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd3c7ede0464016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc607b011df4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14bac4b19ad4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3cae36358ec4ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd3c7ede0464016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI Mid (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0130595124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>