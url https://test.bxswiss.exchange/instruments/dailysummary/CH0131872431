--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0269ef717266440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c96797838cc4103" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae03db384ea4ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b96fd64f6d4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50d5b8b97464864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae03db384ea4ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f0a0eefb9c34bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b96fd64f6d4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0131872431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>79,304</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,386</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>78,791</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>