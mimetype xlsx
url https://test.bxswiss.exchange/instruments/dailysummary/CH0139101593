--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ddd670d2e8427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5dd648424ae4c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1976f1001241cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7427f76421a4696"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88cd34d08c6641ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1976f1001241cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7cb372a7074317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7427f76421a4696" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>914,950</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>