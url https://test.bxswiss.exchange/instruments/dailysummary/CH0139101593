--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5dd648424ae4c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5f7fe863b94b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7427f76421a4696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59db211a3c5d4a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7cb372a7074317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7427f76421a4696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb318dbe936944bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59db211a3c5d4a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.024,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.026,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.010,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.012,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>