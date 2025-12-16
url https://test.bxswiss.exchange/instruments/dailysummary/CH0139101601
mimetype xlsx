--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dee41fd124844b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcb3436770f408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6fb42935a94e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c7c45ac8d74925"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e84d4699de049cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6fb42935a94e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aedf87dce40476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c7c45ac8d74925" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>806,058</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>