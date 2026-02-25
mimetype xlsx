--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcb3436770f408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805258469c4b453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c7c45ac8d74925"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a6018540d514ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aedf87dce40476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c7c45ac8d74925" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22db9edc99b34414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a6018540d514ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>898,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>899,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>885,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>886,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>