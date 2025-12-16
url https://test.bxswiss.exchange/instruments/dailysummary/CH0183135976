--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298db9f72ba64a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98dfc944694c4e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e9cd851715444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5b16c610454e77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b135afd4064f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e9cd851715444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a6ef85485741a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5b16c610454e77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,095</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>