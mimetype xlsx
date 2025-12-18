--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d8ff7c1dfb45fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db1421136db4f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc692f5e678846d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra346e1d4f57e4ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43ae9a03a954358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc692f5e678846d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3234230057a4401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra346e1d4f57e4ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>340,336</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>