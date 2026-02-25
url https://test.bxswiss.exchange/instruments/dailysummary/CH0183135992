--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db1421136db4f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8746f06a22014ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra346e1d4f57e4ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad57992a877e4c14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3234230057a4401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra346e1d4f57e4ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf388c2e620624a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad57992a877e4c14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>