--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b36d3fcd8b4d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15237bb807514ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c96cf09b39477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4251ba90c4114ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R144aa076acc84615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c96cf09b39477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2722edcaf8bd4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4251ba90c4114ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>340,401</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>