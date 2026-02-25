--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15237bb807514ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afbf60f63e14e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4251ba90c4114ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a43a453b634f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2722edcaf8bd4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4251ba90c4114ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc51714e06924cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a43a453b634f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>