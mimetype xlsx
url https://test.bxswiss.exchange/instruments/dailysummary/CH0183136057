--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dd8d72a7cb4e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330f1ec22b3748b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3802c57da3ca4d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb76d76730fa24c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2ca89371fa843aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3802c57da3ca4d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4242d3d1228949a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb76d76730fa24c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Platinum ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>362,802</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>