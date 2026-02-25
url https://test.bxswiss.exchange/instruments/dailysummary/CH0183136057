--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330f1ec22b3748b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8e5ac051c042fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb76d76730fa24c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb98c847387481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4242d3d1228949a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb76d76730fa24c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc68c006264145a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb98c847387481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Platinum ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>