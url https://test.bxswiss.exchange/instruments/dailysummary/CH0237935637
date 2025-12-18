--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19504bc01db040ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f3e77767fe40a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577c85da42ee4ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7cab39fdac94209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d27f7239014435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577c85da42ee4ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re587b06f89fa4443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7cab39fdac94209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,503</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>