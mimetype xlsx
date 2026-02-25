--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f3e77767fe40a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7917b49c46bc452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7cab39fdac94209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4965ed9bf5b4719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re587b06f89fa4443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7cab39fdac94209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00913ba6e6724c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4965ed9bf5b4719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>