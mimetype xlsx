--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc41fef0a45f4d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c06c90a8e5433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R358fa7e9aca14d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0baa8dda0d5e40c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re816ab9c28c845d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R358fa7e9aca14d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16d662516984ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0baa8dda0d5e40c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>146,900</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,900</x:t>
-[...65 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>148,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,900</x:t>
-[...382 lines deleted...]
-          <x:t>147,100</x:t>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>