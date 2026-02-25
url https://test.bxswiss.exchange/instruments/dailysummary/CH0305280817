--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c06c90a8e5433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb025872b013e4fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0baa8dda0d5e40c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb18ee7e9314a4a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16d662516984ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0baa8dda0d5e40c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R932e6570132e488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb18ee7e9314a4a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>