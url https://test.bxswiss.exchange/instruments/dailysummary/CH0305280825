--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5558c96d329d48fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480d244cb5654aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb852339db14ee6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66651a0ad3964d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc55ab187c21741c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb852339db14ee6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0591499984e4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66651a0ad3964d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,925</x:t>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,975</x:t>
-[...6 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>160,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,575</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>160,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,925</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>154,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>