--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480d244cb5654aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra958805642494d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66651a0ad3964d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ef341c3d8445fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0591499984e4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66651a0ad3964d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d91c0aedd9e4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ef341c3d8445fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>