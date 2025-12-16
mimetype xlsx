--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ecb60a9aff49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c3e61c871148a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9d30a8cf574c79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9281fe9e414588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4655ff85f0f4056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9d30a8cf574c79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a778e8713f4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9281fe9e414588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.792,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.792,750</x:t>
-[...75 lines deleted...]
-          <x:t>1.793,750</x:t>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.814,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.793,750</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.811,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.818,500</x:t>
-[...495 lines deleted...]
-          <x:t>1.798,500</x:t>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>