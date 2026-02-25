--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c3e61c871148a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e3afb32c86452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9281fe9e414588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R056a7bba35fb472a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a778e8713f4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9281fe9e414588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R051392fcc1c84fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R056a7bba35fb472a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1.817,000</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.828,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>1.841,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.849,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.839,500</x:t>
-[...119 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>1.853,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.845,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.854,000</x:t>
-[...21 lines deleted...]
-          <x:t>1.845,000</x:t>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.847,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.832,000</x:t>
-[...112 lines deleted...]
-          <x:t>1.851,500</x:t>
+          <x:t>1.868,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>