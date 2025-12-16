--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra600f09f02604dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf272b38408ca4769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de87b0799f14af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dddca7f65c0418b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c6ff0a98a049d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de87b0799f14af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9c0f05b5d6d4d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dddca7f65c0418b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Canada AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>2.351,250</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.384,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.392,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.357,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.346,250</x:t>
-[...16 lines deleted...]
-          <x:t>2.366,250</x:t>
+          <x:t>2.390,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.406,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.406,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.394,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.378,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.359,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.371,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>2.374,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.378,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.380,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.416,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.421,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.401,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.401,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.367,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.374,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.362,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.373,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.414,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.384,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.413,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.420,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.435,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.415,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.434,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.451,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.460,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.449,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.457,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.463,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.463,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.469,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.474,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.460,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.474,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.470,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.457,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.463,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.454,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.440,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.441,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.456,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.450,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.457,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.459,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.459,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.484,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.492,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.492,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.480,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.481,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.469,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.473,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.464,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.480,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.463,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.478,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.468,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.494,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.482,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.489,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.492,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>