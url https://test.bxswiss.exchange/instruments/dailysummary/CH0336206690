--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d4261f92644f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28dfcc0f23554795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb01b3395e9fe40fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2530d77095954849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R799c49379f6443e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb01b3395e9fe40fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57304ae71c264e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2530d77095954849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1.543,000</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.552,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.542,500</x:t>
-[...183 lines deleted...]
-          <x:t>1.551,500</x:t>
+          <x:t>1.563,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.545,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.549,000</x:t>
-[...146 lines deleted...]
-          <x:t>1.557,000</x:t>
+          <x:t>1.563,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.567,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.553,500</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1.587,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1.587,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>