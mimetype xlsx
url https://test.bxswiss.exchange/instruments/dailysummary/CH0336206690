--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28dfcc0f23554795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c1081d10c444fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2530d77095954849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29f4855c928c47f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57304ae71c264e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2530d77095954849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464426a0288446d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29f4855c928c47f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1.611,750</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.616,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.605,750</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>1.627,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1.620,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.628,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.620,250</x:t>
-[...11 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>1.638,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.628,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.631,250</x:t>
-[...75 lines deleted...]
-          <x:t>1.630,750</x:t>
+          <x:t>1.633,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.633,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.615,750</x:t>
-[...26 lines deleted...]
-          <x:t>1.622,250</x:t>
+          <x:t>1.637,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.632,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1.621,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>