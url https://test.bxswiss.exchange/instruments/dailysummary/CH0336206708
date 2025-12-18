--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80f5b57d378414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re236998616b049f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3683d873603d4cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra804b5ac5be74fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9c7670bfdd49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3683d873603d4cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a253689703745eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra804b5ac5be74fa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities EMU AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>1.974,500</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.039,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.004,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.021,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.033,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.991,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.984,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>2.021,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.034,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.046,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.046,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.053,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.065,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.073,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.081,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.068,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.075,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.078,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.082,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.087,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.060,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.082,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.073,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.087,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.087,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.065,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>