--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re236998616b049f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558e6646a3374de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra804b5ac5be74fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R442ffae2973f44d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a253689703745eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra804b5ac5be74fa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f2cb9d74c0484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R442ffae2973f44d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities EMU AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.087,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.087,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.065,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.070,750</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>2.067,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2.082,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.069,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.072,750</x:t>
-[...60 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>2.087,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.097,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.092,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.089,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.091,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.095,750</x:t>
-[...90 lines deleted...]
-          <x:t>2.067,750</x:t>
+          <x:t>2.106,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.132,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.147,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.173,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.178,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.179,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>