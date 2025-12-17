--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf562193869124c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64838ebc5424e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf13c6514c9e4f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184344e90dae43ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cf8e9fe1b44abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf13c6514c9e4f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10f60a84e5444d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184344e90dae43ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.726,750</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>