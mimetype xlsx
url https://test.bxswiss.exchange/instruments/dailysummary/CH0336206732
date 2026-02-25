--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64838ebc5424e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78a5457600b43ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184344e90dae43ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2410eeebc57041eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10f60a84e5444d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184344e90dae43ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63234caa319f4268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2410eeebc57041eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>1.803,000</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.809,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.825,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.808,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.825,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.831,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.837,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.821,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>