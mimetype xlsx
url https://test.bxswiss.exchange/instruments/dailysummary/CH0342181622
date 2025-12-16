--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b9bca326ab41f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867dd0d49c2d4222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb55b37ee72bb4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa8872d88bb4a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145da5d3dc27476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb55b37ee72bb4a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5224f04e3042e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa8872d88bb4a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SPI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.628,450</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>