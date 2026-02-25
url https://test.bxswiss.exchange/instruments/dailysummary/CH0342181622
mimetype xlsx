--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867dd0d49c2d4222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9894d2c8b47451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa8872d88bb4a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8378a398fd46be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5224f04e3042e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa8872d88bb4a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc167126b894369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8378a398fd46be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SPI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.696,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.714,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.696,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.713,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>