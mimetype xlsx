--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac9a1687ac543e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3736015d8a544d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e66adb1d0714155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b0984801a24bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7994171320ab4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e66adb1d0714155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R681bf68426c0491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b0984801a24bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,090</x:t>
-[...75 lines deleted...]
-          <x:t>124,410</x:t>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,770</x:t>
-[...26 lines deleted...]
-          <x:t>123,630</x:t>
+          <x:t>124,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>124,530</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,750</x:t>
-[...43 lines deleted...]
-          <x:t>123,610</x:t>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,590</x:t>
-[...382 lines deleted...]
-          <x:t>121,140</x:t>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>