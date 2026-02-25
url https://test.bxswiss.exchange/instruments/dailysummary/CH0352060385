--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3736015d8a544d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2b8f9a3fa14ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b0984801a24bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ce89ae98e84a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R681bf68426c0491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b0984801a24bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9270c84109544c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ce89ae98e84a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>