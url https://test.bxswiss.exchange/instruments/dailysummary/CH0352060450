--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9467e249ff4994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78599ecdaa9d4ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc6457bc0a94611"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6ec70b17ec445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re65b32503b054d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc6457bc0a94611" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b6bc70aaea46ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6ec70b17ec445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Schweiz PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>138,340</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>139,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>