--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78599ecdaa9d4ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfca6b91517743be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6ec70b17ec445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffd219b458041a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b6bc70aaea46ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6ec70b17ec445a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5735ddc5d0f54a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffd219b458041a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Schweiz PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>