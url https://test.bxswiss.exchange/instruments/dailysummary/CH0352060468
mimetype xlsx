--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a0b84803c4e4835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d576157729341f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b2d8dfd1b1e41c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4513a315bed44694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf210cf0a239454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b2d8dfd1b1e41c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37f22bdb61a14ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4513a315bed44694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>144,890</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,570</x:t>
-[...31 lines deleted...]
-          <x:t>147,210</x:t>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>