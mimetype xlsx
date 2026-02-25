--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d576157729341f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b10e98ccff4b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4513a315bed44694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034e54480bbd479f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37f22bdb61a14ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4513a315bed44694" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045abc2d1a414650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034e54480bbd479f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>151,840</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>152,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,320</x:t>
-[...43 lines deleted...]
-          <x:t>150,840</x:t>
+          <x:t>151,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,140</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,950</x:t>
-[...31 lines deleted...]
-          <x:t>151,420</x:t>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>151,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>