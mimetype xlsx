--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7181890e1f7441a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4683fb125ec64f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c393edaa724105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc840be055b084d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3618ac1541340c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c393edaa724105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90b0ed1bfaa4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc840be055b084d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>242,500</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>