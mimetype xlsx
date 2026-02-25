--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4683fb125ec64f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f01299d23554739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc840be055b084d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ec8fad2f3948ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90b0ed1bfaa4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc840be055b084d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c963e8c56c4eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ec8fad2f3948ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>249,660</x:t>
-[...210 lines deleted...]
-          <x:t>251,120</x:t>
+          <x:t>251,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>253,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,880</x:t>
-[...166 lines deleted...]
-          <x:t>251,720</x:t>
+          <x:t>254,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>