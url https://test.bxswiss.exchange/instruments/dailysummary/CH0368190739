--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cfe513337f34840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f89ef63e774f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201d8f3b70fd425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3810560cb40a4b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b847e8ab1c54b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201d8f3b70fd425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30d2674338164e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3810560cb40a4b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>18,673</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,512</x:t>
-[...598 lines deleted...]
-          <x:t>18,025</x:t>
+          <x:t>18,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>