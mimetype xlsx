--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f89ef63e774f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586c81acb2cf4d1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3810560cb40a4b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9de911147e84ade"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30d2674338164e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3810560cb40a4b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce0bbb984d74092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9de911147e84ade" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>18,540</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>18,750</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>