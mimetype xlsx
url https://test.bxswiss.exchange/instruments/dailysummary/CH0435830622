--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f7db3637ac4444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0216fe2c1a2d4b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9847ff9b2e3e4efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeafbe05146e4ca1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86556be04ba4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9847ff9b2e3e4efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ec49df131946f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeafbe05146e4ca1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZugerKB Fonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0435830622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>147,980</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,900</x:t>
-[...65 lines deleted...]
-          <x:t>145,180</x:t>
+          <x:t>145,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,180</x:t>
-[...517 lines deleted...]
-          <x:t>145,500</x:t>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>