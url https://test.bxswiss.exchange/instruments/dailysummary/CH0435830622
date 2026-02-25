--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0216fe2c1a2d4b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16371a6fc154c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeafbe05146e4ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0ace6ab3de4ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ec49df131946f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeafbe05146e4ca1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5646fd0f58bd4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0ace6ab3de4ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZugerKB Fonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0435830622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>