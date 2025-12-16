--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d74b97a3bf3495f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d10898c80146fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd620932044d544a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b0f69067b9416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80ecbb45c444885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd620932044d544a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R342a5d92aab64903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b0f69067b9416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0445689208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,383</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>