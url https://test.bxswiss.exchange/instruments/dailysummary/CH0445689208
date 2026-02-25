--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d10898c80146fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42682bd099574084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b0f69067b9416f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d1aa9d91fd4d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R342a5d92aab64903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b0f69067b9416f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0dcf5a6edaf48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d1aa9d91fd4d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0445689208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>14,267</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,175</x:t>
-[...183 lines deleted...]
-          <x:t>14,725</x:t>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>13,791</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>