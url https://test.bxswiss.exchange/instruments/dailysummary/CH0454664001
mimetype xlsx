--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f9d055337b4404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcafa8748b5e4a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cca8cad45d34a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e0949243e24299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb32051ffb994a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cca8cad45d34a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9edbc198b7fa4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e0949243e24299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,348</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>