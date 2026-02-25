--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcafa8748b5e4a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14121b4946ff4dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e0949243e24299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d93ca524ec4832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9edbc198b7fa4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e0949243e24299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb380ada090845f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d93ca524ec4832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>23,603</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,694</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>22,846</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>