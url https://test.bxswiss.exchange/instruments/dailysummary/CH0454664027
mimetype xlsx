--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ebb1780f154fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4be46239fa5414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re41b917806444791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d429e6557f42f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ecbac102b74419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re41b917806444791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ac27f9d13d4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d429e6557f42f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21Shares Ethereum ETP</x:t>
+          <x:t>21Shares Ethereum Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>38,179</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>