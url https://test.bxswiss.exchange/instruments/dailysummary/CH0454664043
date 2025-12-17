--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cabc0278aab47d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14774c432e894b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a4ead034c2458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e585778f7343a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc263b1ff225a41ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a4ead034c2458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a0c943ef854fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e585778f7343a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,929</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>