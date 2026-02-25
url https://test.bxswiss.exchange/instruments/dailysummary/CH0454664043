--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14774c432e894b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3dbc4055a24b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e585778f7343a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3c4ee75845445d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a0c943ef854fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e585778f7343a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84166d9b2ce44726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3c4ee75845445d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>