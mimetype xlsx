--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4465738f88e7420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8ce55e01a44caa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R636f487202e443d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5add477a4a9a4e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd914c4ee8b0c4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R636f487202e443d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d42620abe84631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5add477a4a9a4e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21Shares AG Bitwise 10 Large CapCrypto ETP</x:t>
+          <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>30,620</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>