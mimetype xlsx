--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8ce55e01a44caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b920dd224c4e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5add477a4a9a4e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e20e2b57b0c481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d42620abe84631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5add477a4a9a4e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd9ff510bd24dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e20e2b57b0c481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>24,411</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,260</x:t>
-[...463 lines deleted...]
-          <x:t>22,752</x:t>
+          <x:t>24,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>