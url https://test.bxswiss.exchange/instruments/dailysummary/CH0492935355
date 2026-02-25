--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdcfc9e842074bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7324ac63806549db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bea36aade2c4b42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b633f6968614ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R262f6bcd47064bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bea36aade2c4b42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552167a782944e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b633f6968614ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland IMI Socially Responsible (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0492935355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>20,686</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>