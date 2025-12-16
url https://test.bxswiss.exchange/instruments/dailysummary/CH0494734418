--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b39c1b837c0444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f08ab4944e4497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a546783aa844566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab9052190604f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05229b7067f4930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a546783aa844566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de8bdf3ba594889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab9052190604f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Credit Suisse Group 29</x:t>
+          <x:t>UBS GROUP 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0494734418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>91,590</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>91,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,875</x:t>
-[...253 lines deleted...]
-        <x:is>
           <x:t>91,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,895</x:t>
-[...90 lines deleted...]
-          <x:t>91,945</x:t>
+          <x:t>91,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>