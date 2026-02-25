--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f08ab4944e4497" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdc1240143b4bd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab9052190604f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe0a8f4d634431b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de8bdf3ba594889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab9052190604f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d1e4fcddf844591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe0a8f4d634431b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS GROUP 29</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0494734418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>92,045</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>92,080</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>92,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>92,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,075</x:t>
-[...80 lines deleted...]
-          <x:t>92,155</x:t>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>91,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>