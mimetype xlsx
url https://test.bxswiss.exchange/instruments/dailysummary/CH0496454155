--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb640c1bf09114a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c8ab13b6164ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315633d1d2944e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5930d6e16754bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99bfc8531e574f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315633d1d2944e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbdd1af59c014bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5930d6e16754bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21Shares Binance Coin ETP</x:t>
+          <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>55,169</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>