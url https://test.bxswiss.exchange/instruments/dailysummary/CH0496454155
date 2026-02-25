--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c8ab13b6164ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab4d293bc7e4a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5930d6e16754bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e241ddc269478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbdd1af59c014bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5930d6e16754bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf207e895e1a1490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e241ddc269478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>