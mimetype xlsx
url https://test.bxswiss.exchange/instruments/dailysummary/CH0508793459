--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc38eaa477bc4acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82d1d3c60b5461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f13143ce783422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddda3760dc3240cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2e55ad5ccc42bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f13143ce783422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a0b211797494e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddda3760dc3240cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21Shares AG Sygnum Platform Winners Index ETP</x:t>
+          <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>17,805</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>