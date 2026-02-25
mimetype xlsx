--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82d1d3c60b5461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cab0af4d87143bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddda3760dc3240cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3751e417cba4d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a0b211797494e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddda3760dc3240cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd268cf4d2cad49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3751e417cba4d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>12,120</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>10,856</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>