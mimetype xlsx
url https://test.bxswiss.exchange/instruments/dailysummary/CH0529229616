--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8bbad57fc84f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a88604628ed41c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8f1daba7cb4b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7535fb7568c64793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d96be5de3a4816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8f1daba7cb4b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463388e791b54103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7535fb7568c64793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>159,400</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>158,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,460</x:t>
-[...97 lines deleted...]
-          <x:t>158,200</x:t>
+          <x:t>156,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>156,710</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,190</x:t>
-[...139 lines deleted...]
-          <x:t>156,750</x:t>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>