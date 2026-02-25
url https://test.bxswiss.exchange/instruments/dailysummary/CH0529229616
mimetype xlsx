--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a88604628ed41c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f29078f09b44a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7535fb7568c64793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4638696a44144940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463388e791b54103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7535fb7568c64793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba0928ece5124eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4638696a44144940" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,880</x:t>
-[...36 lines deleted...]
-          <x:t>157,880</x:t>
+          <x:t>158,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>