--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e141aaf1344ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e803a944384ad4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d985491f4b4ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7713d3756cba45a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recefeb15404a42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d985491f4b4ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb1dfbc117e94875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7713d3756cba45a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz mittlere &amp; kleinere Firmen AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>150,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,910</x:t>
-[...6 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,170</x:t>
-[...36 lines deleted...]
-          <x:t>149,070</x:t>
+          <x:t>149,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>